--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -3113,50 +3113,53 @@
         <v>5</v>
       </c>
       <c r="AF28">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="E29" t="str">
         <v>GEN</v>
       </c>
       <c r="F29" t="str">
         <v>24</v>
       </c>
       <c r="G29">
         <v>24</v>
       </c>
       <c r="H29" t="str">
         <v>Daniel Strauß</v>
       </c>
       <c r="I29">
         <v>20</v>
       </c>
       <c r="J29">
         <v>96</v>
       </c>
+      <c r="K29">
+        <v>324071</v>
+      </c>
       <c r="L29" t="str">
         <v>vipexone</v>
       </c>
       <c r="M29">
         <v>20</v>
       </c>
       <c r="N29">
         <v>96</v>
       </c>
       <c r="O29">
         <v>5</v>
       </c>
       <c r="P29">
         <v>7</v>
       </c>
       <c r="Q29">
         <v>5</v>
       </c>
       <c r="R29">
         <v>6</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">