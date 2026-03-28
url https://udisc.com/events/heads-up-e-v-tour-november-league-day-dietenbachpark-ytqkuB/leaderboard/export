--- v0 (2025-11-30)
+++ v1 (2026-03-28)
@@ -3146,50 +3146,53 @@
         <v>4</v>
       </c>
       <c r="AF28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="E29" t="str">
         <v>GEN</v>
       </c>
       <c r="F29" t="str">
         <v>28</v>
       </c>
       <c r="G29">
         <v>28</v>
       </c>
       <c r="H29" t="str">
         <v>Daniel Strauß</v>
       </c>
       <c r="I29">
         <v>26</v>
       </c>
       <c r="J29">
         <v>83</v>
       </c>
+      <c r="K29">
+        <v>324071</v>
+      </c>
       <c r="L29" t="str">
         <v>vipexone</v>
       </c>
       <c r="M29">
         <v>26</v>
       </c>
       <c r="N29">
         <v>83</v>
       </c>
       <c r="O29">
         <v>6</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>6</v>
       </c>
       <c r="R29">
         <v>4</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">