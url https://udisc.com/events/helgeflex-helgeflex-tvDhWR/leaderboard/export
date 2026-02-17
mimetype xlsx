--- v0 (2026-01-11)
+++ v1 (2026-02-17)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG26"/>
+  <dimension ref="A1:AG24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -2005,827 +2005,763 @@
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
       <c r="AD16">
         <v>5</v>
       </c>
       <c r="AE16">
         <v>5</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
       <c r="AG16">
         <v>7</v>
       </c>
     </row>
     <row r="17">
       <c r="C17">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D17">
-        <v>6</v>
+        <v>-10</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
+      <c r="F17" t="str">
+        <v>DUP</v>
+      </c>
       <c r="H17" t="str">
-        <v>Thomas osmo</v>
+        <v>Harald torheim</v>
       </c>
       <c r="I17">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J17">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="K17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M17" t="str">
-        <v>thoosmo</v>
+        <v>haraldtorheim</v>
       </c>
       <c r="N17">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="O17">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>7</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>5</v>
+      </c>
+      <c r="U17">
+        <v>5</v>
+      </c>
+      <c r="V17">
+        <v>2</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>4</v>
+      </c>
+      <c r="AC17">
+        <v>4</v>
+      </c>
+      <c r="AD17">
+        <v>4</v>
+      </c>
+      <c r="AE17">
+        <v>3</v>
+      </c>
+      <c r="AF17">
+        <v>4</v>
+      </c>
+      <c r="AG17">
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="C18">
-        <v>-4</v>
+        <v>10</v>
       </c>
       <c r="D18">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
+      <c r="F18" t="str">
+        <v>DUP</v>
+      </c>
       <c r="H18" t="str">
-        <v>Eivind Århus</v>
+        <v>Harald torheim</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="J18">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="M18" t="str">
-        <v>earhus</v>
+        <v>haraldtorheim</v>
       </c>
       <c r="N18">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="O18">
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>5</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>5</v>
+      </c>
+      <c r="U18">
+        <v>4</v>
+      </c>
+      <c r="V18">
+        <v>5</v>
+      </c>
+      <c r="W18">
+        <v>6</v>
+      </c>
+      <c r="X18">
+        <v>4</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>5</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>3</v>
+      </c>
+      <c r="AC18">
+        <v>4</v>
+      </c>
+      <c r="AD18">
+        <v>6</v>
+      </c>
+      <c r="AE18">
+        <v>3</v>
+      </c>
+      <c r="AF18">
+        <v>3</v>
+      </c>
+      <c r="AG18">
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="C19">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D19">
-        <v>-10</v>
+        <v>-3</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>DUP</v>
       </c>
       <c r="H19" t="str">
-        <v>Harald torheim</v>
+        <v>Kjell gjelseng</v>
       </c>
       <c r="I19">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J19">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="M19" t="str">
-        <v>haraldtorheim</v>
+        <v>kjgjels</v>
       </c>
       <c r="N19">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="O19">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD19">
         <v>4</v>
       </c>
       <c r="AE19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF19">
         <v>4</v>
       </c>
       <c r="AG19">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="C20">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D20">
-        <v>-10</v>
+        <v>-3</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>DUP</v>
       </c>
       <c r="H20" t="str">
-        <v>Harald torheim</v>
+        <v>Kjell gjelseng</v>
       </c>
       <c r="I20">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="J20">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="M20" t="str">
-        <v>haraldtorheim</v>
+        <v>kjgjels</v>
       </c>
       <c r="N20">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="O20">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U20">
         <v>4</v>
       </c>
       <c r="V20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AE20">
         <v>3</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="C21">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D21">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
         <v>DUP</v>
       </c>
       <c r="H21" t="str">
-        <v>Kjell gjelseng</v>
+        <v>Monica Gjelseng</v>
       </c>
       <c r="I21">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="J21">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M21" t="str">
-        <v>kjgjels</v>
+        <v>missegj</v>
       </c>
       <c r="N21">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O21">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S21">
         <v>4</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X21">
         <v>2</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AD21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF21">
         <v>4</v>
       </c>
       <c r="AG21">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22">
       <c r="C22">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D22">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="E22" t="str">
         <v>GEN</v>
       </c>
       <c r="F22" t="str">
         <v>DUP</v>
       </c>
       <c r="H22" t="str">
-        <v>Kjell gjelseng</v>
+        <v>Monica Gjelseng</v>
       </c>
       <c r="I22">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="J22">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="M22" t="str">
-        <v>kjgjels</v>
+        <v>missegj</v>
       </c>
       <c r="N22">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="O22">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>4</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>4</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG22">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23">
       <c r="C23">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D23">
-        <v>-10</v>
+        <v>-2</v>
       </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>DUP</v>
       </c>
       <c r="H23" t="str">
-        <v>Monica Gjelseng</v>
+        <v>Svenn Erik Flotve</v>
       </c>
       <c r="I23">
         <v>13</v>
       </c>
       <c r="J23">
         <v>68</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M23" t="str">
-        <v>missegj</v>
+        <v>flotves</v>
       </c>
       <c r="N23">
         <v>13</v>
       </c>
       <c r="O23">
         <v>68</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R23">
         <v>5</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="X23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE23">
         <v>3</v>
       </c>
       <c r="AF23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG23">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="C24">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D24">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
-        <v>Monica Gjelseng</v>
+        <v>Sverre Linga</v>
       </c>
       <c r="I24">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="J24">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24" t="str">
-        <v>missegj</v>
+        <v>vetlesverre</v>
       </c>
       <c r="N24">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="O24">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
         <v>4</v>
       </c>
       <c r="Y24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
       <c r="AD24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG24">
-        <v>7</v>
-[...176 lines deleted...]
-      <c r="AG26">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG26"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 