--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -800,173 +800,170 @@
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Erick Machol</v>
+        <v>Andrés</v>
       </c>
       <c r="E5">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="F5">
-        <v>20</v>
+        <v>60</v>
+      </c>
+      <c r="G5">
+        <v>293443</v>
       </c>
       <c r="H5" t="str">
-        <v>emachol</v>
+        <v>questionable</v>
       </c>
       <c r="I5">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="J5">
-        <v>20</v>
+        <v>60</v>
+      </c>
+      <c r="K5">
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="S5">
+        <v>2</v>
+      </c>
+      <c r="T5">
+        <v>2</v>
+      </c>
+      <c r="U5">
+        <v>5</v>
+      </c>
+      <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>2</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>4</v>
+      </c>
+      <c r="AA5">
+        <v>5</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Andrés</v>
+        <v>Erick Machol</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="F6">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>293443</v>
+        <v>20</v>
       </c>
       <c r="H6" t="str">
-        <v>questionable</v>
+        <v>emachol</v>
       </c>
       <c r="I6">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="J6">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
-[...29 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>T1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Keith Lindsey</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="G7">
         <v>114005</v>
       </c>
       <c r="H7" t="str">
@@ -1446,170 +1443,167 @@
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Gina Machol</v>
+        <v>Otis Singletary</v>
       </c>
       <c r="E13">
+        <v>14</v>
+      </c>
+      <c r="F13">
+        <v>70</v>
+      </c>
+      <c r="H13" t="str">
+        <v>otis5000</v>
+      </c>
+      <c r="I13">
+        <v>14</v>
+      </c>
+      <c r="J13">
+        <v>70</v>
+      </c>
+      <c r="K13">
+        <v>4</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>5</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>5</v>
+      </c>
+      <c r="Z13">
+        <v>4</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
         <v>6</v>
-      </c>
-[...31 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Otis Singletary</v>
+        <v>Gina Machol</v>
       </c>
       <c r="E14">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="F14">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="H14" t="str">
-        <v>otis5000</v>
+        <v>ginamachol</v>
       </c>
       <c r="I14">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="J14">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>3</v>
-      </c>
-[...28 lines deleted...]
-        <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>