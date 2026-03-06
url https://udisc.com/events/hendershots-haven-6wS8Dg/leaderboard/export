--- v0 (2025-10-22)
+++ v1 (2026-03-06)
@@ -554,51 +554,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>A Pool</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Christopher Ferro</v>
       </c>
       <c r="E2">
         <v>-11</v>
       </c>
       <c r="F2">
         <v>43</v>
       </c>
       <c r="G2">
         <v>62782</v>
       </c>
       <c r="H2" t="str">
-        <v>cferro3288</v>
+        <v>mrferro32</v>
       </c>
       <c r="I2">
         <v>-11</v>
       </c>
       <c r="J2">
         <v>43</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -1489,50 +1489,53 @@
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>B Pool</v>
       </c>
       <c r="B13" t="str">
         <v>T5</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E13">
         <v>8</v>
       </c>
       <c r="F13">
         <v>62</v>
+      </c>
+      <c r="G13">
+        <v>289826</v>
       </c>
       <c r="H13" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I13">
         <v>8</v>
       </c>
       <c r="J13">
         <v>62</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>