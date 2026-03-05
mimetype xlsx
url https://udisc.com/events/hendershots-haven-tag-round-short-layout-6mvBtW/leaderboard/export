--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -726,51 +726,51 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>A Pool</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Christopher Ferro</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4">
         <v>62782</v>
       </c>
       <c r="H4" t="str">
-        <v>cferro3288</v>
+        <v>mrferro32</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -976,50 +976,53 @@
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>A Pool</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E7">
         <v>3</v>
       </c>
       <c r="F7">
         <v>57</v>
+      </c>
+      <c r="G7">
+        <v>289826</v>
       </c>
       <c r="H7" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>57</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>