--- v0 (2025-10-22)
+++ v1 (2026-03-06)
@@ -1132,51 +1132,51 @@
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Christopher Ferro</v>
       </c>
       <c r="E9">
         <v>-6</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="H9" t="str">
-        <v>cferro3288</v>
+        <v>mrferro32</v>
       </c>
       <c r="I9">
         <v>-6</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>