--- v0 (2025-10-23)
+++ v1 (2026-03-05)
@@ -636,50 +636,53 @@
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>B Pool</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E3">
         <v>7</v>
       </c>
       <c r="F3">
         <v>69</v>
       </c>
+      <c r="G3">
+        <v>289826</v>
+      </c>
       <c r="H3" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I3">
         <v>7</v>
       </c>
       <c r="J3">
         <v>69</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>6</v>
       </c>
       <c r="M3">
         <v>6</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
@@ -1402,51 +1405,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>A Pool</v>
       </c>
       <c r="B12" t="str">
         <v>4</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12" t="str">
         <v>Christopher Ferro</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>62</v>
       </c>
       <c r="G12">
         <v>62782</v>
       </c>
       <c r="H12" t="str">
-        <v>cferro3288</v>
+        <v>mrferro32</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>62</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>