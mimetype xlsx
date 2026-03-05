--- v0 (2025-10-23)
+++ v1 (2026-03-05)
@@ -805,50 +805,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>B Pool</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>66</v>
       </c>
+      <c r="G5">
+        <v>289826</v>
+      </c>
       <c r="H5" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>66</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
@@ -1402,51 +1405,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>A Pool</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>Christopher Ferro</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="G12">
         <v>62782</v>
       </c>
       <c r="H12" t="str">
-        <v>cferro3288</v>
+        <v>mrferro32</v>
       </c>
       <c r="I12">
         <v>-2</v>
       </c>
       <c r="J12">
         <v>59</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>