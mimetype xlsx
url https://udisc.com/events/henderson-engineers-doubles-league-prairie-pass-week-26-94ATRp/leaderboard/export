--- v0 (2025-10-22)
+++ v1 (2026-03-04)
@@ -874,335 +874,410 @@
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MDA</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Dan Leweke &amp; Jarrod E.</v>
+        <v>Greg May</v>
       </c>
       <c r="E6">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F6">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H6" t="str">
-        <v>dleweke,jarrode</v>
+        <v>gfmay7</v>
       </c>
       <c r="I6">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MDA</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Nik Bhatt</v>
+        <v>Dan Leweke &amp; Jarrod E.</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="F7">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H7" t="str">
-        <v>nikbhatt</v>
+        <v>dleweke,jarrode</v>
       </c>
       <c r="I7">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="J7">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MDA</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Ted Wright &amp; Tim Roty</v>
+        <v>Nik Bhatt</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
       <c r="H8" t="str">
-        <v>twrightks,timroty22</v>
+        <v>nikbhatt</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8">
         <v>55</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MDA</v>
       </c>
+      <c r="B9" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C9">
+        <v>7</v>
+      </c>
       <c r="D9" t="str">
-        <v>Greg May</v>
+        <v>Ted Wright &amp; Tim Roty</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="H9" t="str">
-        <v>gfmay7</v>
+        <v>twrightks,timroty22</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>2</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MDA</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Shawn Scheffler &amp; Nik B</v>
       </c>
       <c r="E10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F10">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="H10" t="str">
         <v>sscheffler,nbnbnb</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J10">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>