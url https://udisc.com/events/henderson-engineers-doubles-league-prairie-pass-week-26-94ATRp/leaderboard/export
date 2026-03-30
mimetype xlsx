--- v1 (2026-03-04)
+++ v2 (2026-03-30)
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MDA</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Brandon Barnhart &amp; Dalton Juenemann</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
         <v>48</v>
       </c>
       <c r="H4" t="str">
-        <v>barnharbarus,dljuenemann2</v>
+        <v>barnharbarus,dljuenemann</v>
       </c>
       <c r="I4">
         <v>-6</v>
       </c>
       <c r="J4">
         <v>48</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>