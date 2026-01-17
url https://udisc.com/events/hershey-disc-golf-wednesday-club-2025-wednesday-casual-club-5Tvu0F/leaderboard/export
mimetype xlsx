--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -708,407 +708,467 @@
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Lynn Baker</v>
+        <v>Nathan Buck</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
+      <c r="G4">
+        <v>26272</v>
+      </c>
       <c r="H4" t="str">
-        <v>lynnbaker</v>
+        <v>yatzar</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Brian Railing</v>
+        <v>Lynn Baker</v>
       </c>
       <c r="E5">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F5">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>288322</v>
+        <v>54</v>
       </c>
       <c r="H5" t="str">
-        <v>bmr8605</v>
+        <v>lynnbaker</v>
       </c>
       <c r="I5">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J5">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Zachary Buck</v>
+        <v>Brian Railing</v>
       </c>
       <c r="E6">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F6">
-        <v>62</v>
+        <v>57</v>
+      </c>
+      <c r="G6">
+        <v>288322</v>
       </c>
       <c r="H6" t="str">
-        <v>zachsterb17</v>
+        <v>bmr8605</v>
       </c>
       <c r="I6">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J6">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Joe Mader</v>
+        <v>Zachary Buck</v>
       </c>
       <c r="E7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F7">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>271553</v>
+        <v>62</v>
       </c>
       <c r="H7" t="str">
-        <v>joe1215</v>
+        <v>zachsterb17</v>
       </c>
       <c r="I7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="J7">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
+      <c r="B8" t="str">
+        <v>7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
       <c r="D8" t="str">
-        <v>Nathan Buck</v>
+        <v>Joe Mader</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G8">
-        <v>26272</v>
+        <v>271553</v>
       </c>
       <c r="H8" t="str">
-        <v>yatzar</v>
+        <v>joe1215</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J8">
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>4</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>4</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>4</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>4</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>