--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -1807,87 +1807,90 @@
         <v>54</v>
       </c>
       <c r="L7">
         <v>55</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA4</v>
       </c>
       <c r="B8" t="str">
         <v>T1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Isaiah caison</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>107</v>
       </c>
+      <c r="G8">
+        <v>319786</v>
+      </c>
       <c r="H8" t="str">
         <v>isaiahcaison06</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>53</v>
       </c>
       <c r="L8">
         <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA4</v>
       </c>
       <c r="B9" t="str">
         <v>T1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Phoenix Richardson</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>107</v>
       </c>
       <c r="H9" t="str">
-        <v>pholo2003</v>
+        <v>phoenixadawehi</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>53</v>
       </c>
       <c r="L9">
         <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA4</v>
       </c>
       <c r="B10" t="str">
         <v>3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
@@ -7462,50 +7465,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA4</v>
       </c>
       <c r="B8" t="str">
         <v>T1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Isaiah caison</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>53</v>
       </c>
+      <c r="G8">
+        <v>319786</v>
+      </c>
       <c r="H8" t="str">
         <v>isaiahcaison06</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>53</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
@@ -7546,51 +7552,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA4</v>
       </c>
       <c r="B9" t="str">
         <v>T1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Phoenix Richardson</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>53</v>
       </c>
       <c r="H9" t="str">
-        <v>pholo2003</v>
+        <v>phoenixadawehi</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>53</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
@@ -8721,50 +8727,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA4</v>
       </c>
       <c r="B8" t="str">
         <v>T1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Isaiah caison</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>107</v>
       </c>
+      <c r="G8">
+        <v>319786</v>
+      </c>
       <c r="H8" t="str">
         <v>isaiahcaison06</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
@@ -8805,51 +8814,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA4</v>
       </c>
       <c r="B9" t="str">
         <v>T1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Phoenix Richardson</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>107</v>
       </c>
       <c r="H9" t="str">
-        <v>pholo2003</v>
+        <v>phoenixadawehi</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>