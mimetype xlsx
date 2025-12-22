--- v0 (2025-12-01)
+++ v1 (2025-12-22)
@@ -555,645 +555,636 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
-        <v>-13</v>
+        <v>-4</v>
       </c>
       <c r="D2">
-        <v>-14</v>
+        <v>-2</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H2" t="str">
-        <v>Paddy O'Connor</v>
+        <v>Sean Boysen</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="J2">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="L2" t="str">
-        <v>paddydabaddy</v>
+        <v>seanboysen</v>
       </c>
       <c r="M2">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="N2">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="O2">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>5</v>
+      </c>
+      <c r="U2">
+        <v>2</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>4</v>
+      </c>
+      <c r="AD2">
+        <v>4</v>
+      </c>
+      <c r="AE2">
+        <v>2</v>
+      </c>
+      <c r="AF2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
+        <v>-1</v>
+      </c>
+      <c r="D3">
         <v>-4</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>1</v>
+        <v>T2</v>
       </c>
       <c r="G3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H3" t="str">
-        <v>Sean Boysen</v>
+        <v>Pat Williams</v>
       </c>
       <c r="I3">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="J3">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L3" t="str">
-        <v>seanboysen</v>
+        <v>paddychuck</v>
       </c>
       <c r="M3">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC3">
         <v>4</v>
       </c>
       <c r="AD3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE3">
         <v>2</v>
       </c>
       <c r="AF3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4">
         <v>-1</v>
-      </c>
-[...1 lines deleted...]
-        <v>-4</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="G4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H4" t="str">
-        <v>Pat Williams</v>
+        <v>Mike Moor</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
+      <c r="K4">
+        <v>264493</v>
+      </c>
       <c r="L4" t="str">
-        <v>paddychuck</v>
+        <v>mikemoor</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>59</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>4</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD4">
         <v>5</v>
       </c>
       <c r="AE4">
         <v>2</v>
       </c>
       <c r="AF4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D5">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>T3</v>
+        <v>5</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H5" t="str">
-        <v>Mike Moor</v>
+        <v>Chris Matthews</v>
       </c>
       <c r="I5">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="J5">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>264493</v>
+        <v>66</v>
       </c>
       <c r="L5" t="str">
-        <v>mikemoor</v>
+        <v>dizzyp</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="N5">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD5">
         <v>5</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6">
-        <v>-6</v>
+        <v>-9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>6</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6" t="str">
-        <v>Chris Matthews</v>
+        <v>Jeremy Lindley</v>
       </c>
       <c r="I6">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J6">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L6" t="str">
-        <v>dizzyp</v>
+        <v>jeremydl</v>
       </c>
       <c r="M6">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="N6">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC6">
         <v>5</v>
       </c>
       <c r="AD6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-[...10 lines deleted...]
-      </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
+        <v>4</v>
+      </c>
+      <c r="G7">
+        <v>4</v>
+      </c>
+      <c r="H7" t="str">
+        <v>Tony Graci</v>
+      </c>
+      <c r="I7">
         <v>7</v>
       </c>
-      <c r="G7">
+      <c r="J7">
+        <v>63</v>
+      </c>
+      <c r="L7" t="str">
+        <v>tonygraci</v>
+      </c>
+      <c r="M7">
         <v>7</v>
       </c>
-      <c r="H7" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="N7">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>5</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>5</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AE7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
+      <c r="C8">
+        <v>-13</v>
+      </c>
+      <c r="D8">
+        <v>-14</v>
+      </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="H8" t="str">
-        <v>Tony Graci</v>
+        <v>Paddy O'Connor</v>
       </c>
       <c r="I8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J8">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="L8" t="str">
-        <v>tonygraci</v>
+        <v>paddydabaddy</v>
       </c>
       <c r="M8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="N8">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="O8">
-        <v>3</v>
-[...50 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>