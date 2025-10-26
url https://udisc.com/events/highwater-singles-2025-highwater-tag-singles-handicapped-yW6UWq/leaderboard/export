--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -964,50 +964,53 @@
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6">
         <v>-9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>7</v>
       </c>
       <c r="G6">
         <v>7</v>
       </c>
       <c r="H6" t="str">
         <v>Matt Canale</v>
       </c>
       <c r="I6">
         <v>11</v>
       </c>
       <c r="J6">
         <v>67</v>
       </c>
+      <c r="K6">
+        <v>317137</v>
+      </c>
       <c r="L6" t="str">
         <v>yomatteo</v>
       </c>
       <c r="M6">
         <v>11</v>
       </c>
       <c r="N6">
         <v>67</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>5</v>
       </c>
       <c r="T6">