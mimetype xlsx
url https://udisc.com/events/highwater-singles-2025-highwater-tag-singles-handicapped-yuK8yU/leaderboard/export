--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-6</v>
       </c>
       <c r="D2">
         <v>-9</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T6</v>
       </c>
       <c r="G2">
         <v>6</v>
       </c>
       <c r="H2" t="str">
         <v>Matt Canale</v>
       </c>
       <c r="I2">
         <v>3</v>
       </c>
       <c r="J2">
         <v>59</v>
       </c>
+      <c r="K2">
+        <v>317137</v>
+      </c>
       <c r="L2" t="str">
         <v>yomatteo</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>59</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">