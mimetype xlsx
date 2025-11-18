--- v0 (2025-10-21)
+++ v1 (2025-11-18)
@@ -2244,51 +2244,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>56</v>
       </c>
       <c r="G22">
         <v>199025</v>
       </c>
       <c r="H22" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="J22">
         <v>56</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>