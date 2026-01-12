--- v1 (2025-11-18)
+++ v2 (2026-01-12)
@@ -2756,50 +2756,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T24</v>
       </c>
       <c r="C28">
         <v>24</v>
       </c>
       <c r="D28" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E28">
         <v>3</v>
       </c>
       <c r="F28">
         <v>57</v>
       </c>
+      <c r="G28">
+        <v>297917</v>
+      </c>
       <c r="H28" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I28">
         <v>3</v>
       </c>
       <c r="J28">
         <v>57</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">