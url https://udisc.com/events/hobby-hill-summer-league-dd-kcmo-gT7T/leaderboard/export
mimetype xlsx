--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -5580,50 +5580,53 @@
         <v>3</v>
       </c>
       <c r="AC59" t="str">
         <v>2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>FA1</v>
       </c>
       <c r="B60" t="str">
         <v>T2</v>
       </c>
       <c r="C60">
         <v>2</v>
       </c>
       <c r="D60" t="str">
         <v>chloe williams</v>
       </c>
       <c r="E60">
         <v>9</v>
       </c>
       <c r="F60">
         <v>63</v>
       </c>
+      <c r="G60">
+        <v>324517</v>
+      </c>
       <c r="H60" t="str">
         <v>chloewilli</v>
       </c>
       <c r="I60">
         <v>9</v>
       </c>
       <c r="J60">
         <v>63</v>
       </c>
       <c r="K60">
         <v>2</v>
       </c>
       <c r="L60">
         <v>3</v>
       </c>
       <c r="M60">
         <v>3</v>
       </c>
       <c r="N60">
         <v>4</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">