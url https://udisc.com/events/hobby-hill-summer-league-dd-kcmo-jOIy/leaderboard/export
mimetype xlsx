--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -5147,50 +5147,53 @@
         <v>3</v>
       </c>
       <c r="AC54" t="str">
         <v>8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>FA1</v>
       </c>
       <c r="B55" t="str">
         <v>2</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55" t="str">
         <v>chloe williams</v>
       </c>
       <c r="E55">
         <v>13</v>
       </c>
       <c r="F55">
         <v>67</v>
       </c>
+      <c r="G55">
+        <v>324517</v>
+      </c>
       <c r="H55" t="str">
         <v>chloewilli</v>
       </c>
       <c r="I55">
         <v>13</v>
       </c>
       <c r="J55">
         <v>67</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
         <v>4</v>
       </c>
       <c r="M55">
         <v>4</v>
       </c>
       <c r="N55">
         <v>7</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">