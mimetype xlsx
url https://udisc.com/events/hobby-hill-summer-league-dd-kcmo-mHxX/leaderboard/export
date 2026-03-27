--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -6280,50 +6280,53 @@
         <v>4</v>
       </c>
       <c r="AC67" t="str">
         <v>8</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>FA1</v>
       </c>
       <c r="B68" t="str">
         <v>2</v>
       </c>
       <c r="C68">
         <v>2</v>
       </c>
       <c r="D68" t="str">
         <v>chloe williams</v>
       </c>
       <c r="E68">
         <v>14</v>
       </c>
       <c r="F68">
         <v>70</v>
       </c>
+      <c r="G68">
+        <v>324517</v>
+      </c>
       <c r="H68" t="str">
         <v>chloewilli</v>
       </c>
       <c r="I68">
         <v>14</v>
       </c>
       <c r="J68">
         <v>70</v>
       </c>
       <c r="K68">
         <v>2</v>
       </c>
       <c r="L68">
         <v>4</v>
       </c>
       <c r="M68">
         <v>5</v>
       </c>
       <c r="N68">
         <v>5</v>
       </c>
       <c r="O68">
         <v>3</v>
       </c>
       <c r="P68">