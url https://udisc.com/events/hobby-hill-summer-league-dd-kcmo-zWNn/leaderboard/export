--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -5737,50 +5737,53 @@
         <v>5</v>
       </c>
       <c r="AC61" t="str">
         <v>8</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>FA1</v>
       </c>
       <c r="B62" t="str">
         <v>2</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
       <c r="D62" t="str">
         <v>chloe williams</v>
       </c>
       <c r="E62">
         <v>23</v>
       </c>
       <c r="F62">
         <v>79</v>
       </c>
+      <c r="G62">
+        <v>324517</v>
+      </c>
       <c r="H62" t="str">
         <v>chloewilli</v>
       </c>
       <c r="I62">
         <v>23</v>
       </c>
       <c r="J62">
         <v>79</v>
       </c>
       <c r="K62">
         <v>4</v>
       </c>
       <c r="L62">
         <v>3</v>
       </c>
       <c r="M62">
         <v>5</v>
       </c>
       <c r="N62">
         <v>4</v>
       </c>
       <c r="O62">
         <v>4</v>
       </c>
       <c r="P62">