--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -2380,50 +2380,53 @@
         <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Jonathan Cooper</v>
       </c>
       <c r="E23">
         <v>-1</v>
       </c>
       <c r="F23">
         <v>55</v>
       </c>
+      <c r="G23">
+        <v>324613</v>
+      </c>
       <c r="H23" t="str">
         <v>soldiercoop</v>
       </c>
       <c r="I23">
         <v>-1</v>
       </c>
       <c r="J23">
         <v>55</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">