--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -2211,50 +2211,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA2</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Jonathan Cooper</v>
       </c>
       <c r="E21">
         <v>-9</v>
       </c>
       <c r="F21">
         <v>47</v>
       </c>
+      <c r="G21">
+        <v>324613</v>
+      </c>
       <c r="H21" t="str">
         <v>soldiercoop</v>
       </c>
       <c r="I21">
         <v>-9</v>
       </c>
       <c r="J21">
         <v>47</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">