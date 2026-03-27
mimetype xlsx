--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -2644,50 +2644,53 @@
         <v>2</v>
       </c>
       <c r="AC25" t="str">
         <v>7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA2</v>
       </c>
       <c r="B26" t="str">
         <v>5</v>
       </c>
       <c r="C26">
         <v>5</v>
       </c>
       <c r="D26" t="str">
         <v>Jonathan Cooper</v>
       </c>
       <c r="E26">
         <v>-1</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
+      <c r="G26">
+        <v>324613</v>
+      </c>
       <c r="H26" t="str">
         <v>soldiercoop</v>
       </c>
       <c r="I26">
         <v>-1</v>
       </c>
       <c r="J26">
         <v>53</v>
       </c>
       <c r="K26">
         <v>2</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">