--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -1265,50 +1265,53 @@
         <v>3</v>
       </c>
       <c r="AC9" t="str">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T5</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
       <c r="D10" t="str">
         <v>Jonathan Cooper</v>
       </c>
       <c r="E10">
         <v>-4</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
+      <c r="G10">
+        <v>324613</v>
+      </c>
       <c r="H10" t="str">
         <v>soldiercoop</v>
       </c>
       <c r="I10">
         <v>-4</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">