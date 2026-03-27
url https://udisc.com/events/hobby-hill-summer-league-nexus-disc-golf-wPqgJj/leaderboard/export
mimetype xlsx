--- v0 (2025-11-26)
+++ v1 (2026-03-27)
@@ -1598,203 +1598,206 @@
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>5</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Alex George</v>
+        <v>Jonathan Cooper</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>55</v>
       </c>
+      <c r="G14">
+        <v>324613</v>
+      </c>
       <c r="H14" t="str">
-        <v>vgeorge835</v>
+        <v>soldiercoop</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>55</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
-        <v>Jonathan Cooper</v>
+        <v>Alex George</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
       <c r="H15" t="str">
-        <v>soldiercoop</v>
+        <v>vgeorge835</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>T12</v>
       </c>
       <c r="C16">
         <v>12</v>
       </c>
       <c r="D16" t="str">
         <v>Korey Presnell</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="H16" t="str">
         <v>korbor16</v>
       </c>
       <c r="I16">