--- v0 (2026-01-24)
+++ v1 (2026-03-03)
@@ -815,52 +815,55 @@
         <v>2</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Alan Jenkins</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>57</v>
       </c>
+      <c r="G5">
+        <v>316529</v>
+      </c>
       <c r="H5" t="str">
-        <v>efyoo2</v>
+        <v>hyzerflipz</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>57</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>