--- v0 (2025-10-13)
+++ v1 (2026-02-01)
@@ -1091,51 +1091,51 @@
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="str">
         <v>HOMIE</v>
       </c>
       <c r="F7" t="str">
         <v>T10</v>
       </c>
       <c r="G7">
         <v>10</v>
       </c>
       <c r="H7" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I7">
         <v>-1</v>
       </c>
       <c r="J7">
         <v>57</v>
       </c>
       <c r="K7">
         <v>131392</v>
       </c>
       <c r="L7" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M7">
         <v>-1</v>
       </c>
       <c r="N7">
         <v>57</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>