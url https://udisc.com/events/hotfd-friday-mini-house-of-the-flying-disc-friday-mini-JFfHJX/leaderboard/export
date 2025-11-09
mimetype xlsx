--- v0 (2025-10-11)
+++ v1 (2025-11-09)
@@ -892,51 +892,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Brandyn Beyer</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>58</v>
       </c>
       <c r="H6" t="str">
-        <v>brandonbeyer</v>
+        <v/>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>58</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>