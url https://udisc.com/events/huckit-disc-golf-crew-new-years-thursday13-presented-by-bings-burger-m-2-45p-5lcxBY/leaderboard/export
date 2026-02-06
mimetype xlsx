--- v0 (2026-01-02)
+++ v1 (2026-02-06)
@@ -883,51 +883,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FUNZ</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Lori Fruchey</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>36</v>
       </c>
       <c r="G7">
         <v>156561</v>
       </c>
       <c r="H7" t="str">
-        <v>margaritatime</v>
+        <v>lorifruchey</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>36</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>