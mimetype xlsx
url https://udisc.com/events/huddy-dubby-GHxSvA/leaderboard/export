--- v0 (2025-12-04)
+++ v1 (2026-03-07)
@@ -543,650 +543,683 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Brian riedel &amp; Mike Haney</v>
+        <v>Paul Fisher &amp; Lincoln Case</v>
       </c>
       <c r="E2">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F2">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="H2" t="str">
-        <v>brian1riedel,lottalegs</v>
+        <v>pfisher1080,acecase94</v>
       </c>
       <c r="I2">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J2">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V2">
-        <v>3</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Nick Polydoras</v>
+        <v>Brian riedel &amp; Mike Haney</v>
       </c>
       <c r="E3">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H3" t="str">
-        <v>nickpolydoras</v>
+        <v>brian1riedel,lottalegs</v>
       </c>
       <c r="I3">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>30</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Trevor Cilik &amp; Tony Romero</v>
+        <v>Jonny Bolko</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>31</v>
       </c>
       <c r="H4" t="str">
-        <v>trevorcilik,teagle313</v>
+        <v>begoodjb</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>31</v>
       </c>
-      <c r="T4">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="K4">
+        <v>2</v>
+      </c>
+      <c r="L4">
+        <v>2</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Richard Klumph &amp; Matt Dowdell</v>
+        <v>Nick Polydoras</v>
       </c>
       <c r="E5">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F5">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="H5" t="str">
-        <v>rjklumph,mdowdell</v>
+        <v>nickpolydoras</v>
       </c>
       <c r="I5">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>35</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>28</v>
+      </c>
+      <c r="K5">
+        <v>2</v>
+      </c>
+      <c r="L5">
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Stephen Bagstad &amp; Kyle Miller</v>
+        <v>Trevor Cilik &amp; Tony Romero</v>
       </c>
       <c r="E6">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F6">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H6" t="str">
-        <v>stevesb,kylemiller18</v>
+        <v>trevorcilik,teagle313</v>
       </c>
       <c r="I6">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="J6">
-        <v>35</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
+        <v>2</v>
+      </c>
+      <c r="AA6">
+        <v>4</v>
+      </c>
+      <c r="AB6">
+        <v>4</v>
+      </c>
+      <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Chai Ramaswamy &amp; Sean brooks</v>
+        <v>Richard Klumph &amp; Matt Dowdell</v>
       </c>
       <c r="E7">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H7" t="str">
-        <v>nakmuayroller,seannrb</v>
+        <v>rjklumph,mdowdell</v>
       </c>
       <c r="I7">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J7">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>2</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Eric Fleet &amp; Chris Hardaway</v>
+        <v>Stephen Bagstad &amp; Kyle Miller</v>
       </c>
       <c r="E8">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="F8">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H8" t="str">
-        <v>ericfleet,emlack</v>
+        <v>stevesb,kylemiller18</v>
       </c>
       <c r="I8">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="J8">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>2</v>
+      </c>
+      <c r="Z8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Don Thomas &amp; Tyler McCann</v>
+        <v>Chai Ramaswamy &amp; Sean brooks</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H9" t="str">
-        <v>usnairpower,tymccann</v>
+        <v>nakmuayroller,seannrb</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Ethan Good &amp; Jon Crane</v>
+        <v>Eric Fleet &amp; Chris Hardaway</v>
       </c>
       <c r="E10">
-        <v>-5</v>
+        <v>-7</v>
       </c>
       <c r="F10">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="H10" t="str">
-        <v>egood213,jc204418</v>
+        <v>ericfleet,emlack</v>
       </c>
       <c r="I10">
-        <v>-5</v>
+        <v>-7</v>
       </c>
       <c r="J10">
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="K10">
+        <v>2</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
-[...7 lines deleted...]
-      <c r="Z10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>Jonny Bolko</v>
+        <v>Don Thomas &amp; Tyler McCann</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="H11" t="str">
-        <v>begoodjb</v>
+        <v>usnairpower,tymccann</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>2</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>2</v>
+      </c>
+      <c r="R11">
+        <v>4</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Paul Fisher &amp; Lincoln Case</v>
+        <v>Ethan Good &amp; Jon Crane</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="F12">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="H12" t="str">
-        <v>pfisher1080,acecase94</v>
+        <v>egood213,jc204418</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J12">
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>2</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>2</v>
+      </c>
+      <c r="R12">
+        <v>4</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+      <c r="T12">
+        <v>2</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>