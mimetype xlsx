--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -3853,50 +3853,53 @@
         <v>3</v>
       </c>
       <c r="AB40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA50</v>
       </c>
       <c r="B41" t="str">
         <v>3</v>
       </c>
       <c r="C41">
         <v>3</v>
       </c>
       <c r="D41" t="str">
         <v>Armand Fortier</v>
       </c>
       <c r="E41">
         <v>6</v>
       </c>
       <c r="F41">
         <v>60</v>
       </c>
+      <c r="G41">
+        <v>323346</v>
+      </c>
       <c r="H41" t="str">
         <v>downedbear</v>
       </c>
       <c r="I41">
         <v>6</v>
       </c>
       <c r="J41">
         <v>60</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>4</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">