--- v0 (2026-01-09)
+++ v1 (2026-01-31)
@@ -887,92 +887,92 @@
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Adam Harvey &amp; Tobey</v>
+        <v>Kevin Gillon &amp; Anthony Williams</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="I6" t="str">
-        <v>dongzilla,tobey1313</v>
+        <v>kgillon,dimwilli1980</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Kevin Gillon &amp; Anthony Williams</v>
+        <v>Adam Harvey &amp; Tobey</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="I7" t="str">
-        <v>kgillon,dimwilli1980</v>
+        <v>dongzilla,tobey1313</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>Ronnie S &amp; Agung Pujianto</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">