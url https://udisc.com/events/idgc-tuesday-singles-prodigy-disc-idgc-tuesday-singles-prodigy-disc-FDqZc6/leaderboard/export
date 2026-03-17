--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -4651,50 +4651,53 @@
         <v>4</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B50" t="str">
         <v>5</v>
       </c>
       <c r="C50">
         <v>5</v>
       </c>
       <c r="D50" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E50">
         <v>9</v>
       </c>
       <c r="F50">
         <v>68</v>
       </c>
+      <c r="G50">
+        <v>245656</v>
+      </c>
       <c r="H50" t="str">
         <v>mattyice666</v>
       </c>
       <c r="I50">
         <v>9</v>
       </c>
       <c r="J50">
         <v>68</v>
       </c>
       <c r="K50">
         <v>5</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50">
         <v>4</v>
       </c>
       <c r="P50">