--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -2599,50 +2599,53 @@
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B26" t="str">
         <v>T2</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>64</v>
       </c>
+      <c r="G26">
+        <v>245656</v>
+      </c>
       <c r="H26" t="str">
         <v>mattyice666</v>
       </c>
       <c r="I26">
         <v>8</v>
       </c>
       <c r="J26">
         <v>64</v>
       </c>
       <c r="K26">
         <v>5</v>
       </c>
       <c r="L26">
         <v>5</v>
       </c>
       <c r="M26">
         <v>5</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">