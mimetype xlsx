--- v0 (2025-12-17)
+++ v1 (2026-01-21)
@@ -1485,203 +1485,206 @@
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>SILVER</v>
       </c>
       <c r="B13" t="str">
         <v>T1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Galen Bartlett</v>
+        <v>Shea Parkes</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>59</v>
       </c>
+      <c r="G13">
+        <v>319644</v>
+      </c>
       <c r="H13" t="str">
-        <v>galen92</v>
+        <v>isamoor</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>59</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>SILVER</v>
       </c>
       <c r="B14" t="str">
         <v>T1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
-        <v>Shea Parkes</v>
+        <v>Galen Bartlett</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>59</v>
       </c>
       <c r="H14" t="str">
-        <v>isamoor</v>
+        <v>galen92</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>59</v>
       </c>
       <c r="K14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>SILVER</v>
       </c>
       <c r="B15" t="str">
         <v>T4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Ryan Kallenberger</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>60</v>
       </c>
       <c r="G15">
         <v>250383</v>
       </c>
       <c r="H15" t="str">