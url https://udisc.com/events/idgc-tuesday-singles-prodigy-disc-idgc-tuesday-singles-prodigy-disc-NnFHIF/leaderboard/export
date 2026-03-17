--- v1 (2026-01-21)
+++ v2 (2026-03-17)
@@ -2771,50 +2771,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B28" t="str">
         <v>2</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E28">
         <v>4</v>
       </c>
       <c r="F28">
         <v>63</v>
       </c>
+      <c r="G28">
+        <v>245656</v>
+      </c>
       <c r="H28" t="str">
         <v>mattyice666</v>
       </c>
       <c r="I28">
         <v>4</v>
       </c>
       <c r="J28">
         <v>63</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">