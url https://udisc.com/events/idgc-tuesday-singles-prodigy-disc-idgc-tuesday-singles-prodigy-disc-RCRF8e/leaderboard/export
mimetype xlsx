--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -3195,50 +3195,53 @@
         <v>4</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>SILVER</v>
       </c>
       <c r="B33" t="str">
         <v>18</v>
       </c>
       <c r="C33">
         <v>18</v>
       </c>
       <c r="D33" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E33">
         <v>15</v>
       </c>
       <c r="F33">
         <v>71</v>
       </c>
+      <c r="G33">
+        <v>245656</v>
+      </c>
       <c r="H33" t="str">
         <v>mattyice666</v>
       </c>
       <c r="I33">
         <v>15</v>
       </c>
       <c r="J33">
         <v>71</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="M33">
         <v>5</v>
       </c>
       <c r="N33">
         <v>4</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">