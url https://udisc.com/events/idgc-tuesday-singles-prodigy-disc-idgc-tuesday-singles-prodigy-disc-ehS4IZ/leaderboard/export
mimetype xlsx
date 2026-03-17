--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -2502,194 +2502,197 @@
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B25" t="str">
         <v>T3</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
       <c r="D25" t="str">
-        <v>KEENAN</v>
+        <v>Matt Whitaker</v>
       </c>
       <c r="E25">
         <v>5</v>
       </c>
       <c r="F25">
         <v>61</v>
       </c>
       <c r="G25">
-        <v>288168</v>
+        <v>245656</v>
       </c>
       <c r="H25" t="str">
-        <v>keenan9</v>
+        <v>mattyice666</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>61</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>4</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B26" t="str">
         <v>T3</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="str">
-        <v>Matt Whitaker</v>
+        <v>KEENAN</v>
       </c>
       <c r="E26">
         <v>5</v>
       </c>
       <c r="F26">
         <v>61</v>
       </c>
+      <c r="G26">
+        <v>288168</v>
+      </c>
       <c r="H26" t="str">
-        <v>mattyice666</v>
+        <v>keenan9</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>61</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>4</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B27" t="str">
         <v>5</v>
       </c>
       <c r="C27">
         <v>5</v>
       </c>
       <c r="D27" t="str">