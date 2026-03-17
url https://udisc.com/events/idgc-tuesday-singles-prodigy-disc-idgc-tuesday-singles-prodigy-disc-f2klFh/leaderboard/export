--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -2419,203 +2419,206 @@
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B24" t="str">
         <v>T1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
-        <v>Kyle B</v>
+        <v>Matt Whitaker</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
         <v>65</v>
       </c>
+      <c r="G24">
+        <v>245656</v>
+      </c>
       <c r="H24" t="str">
-        <v>kylebrizzown</v>
+        <v>mattyice666</v>
       </c>
       <c r="I24">
         <v>9</v>
       </c>
       <c r="J24">
         <v>65</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M24">
         <v>5</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
         <v>4</v>
       </c>
       <c r="W24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B25" t="str">
         <v>T1</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="str">
-        <v>Matt Whitaker</v>
+        <v>Kyle B</v>
       </c>
       <c r="E25">
         <v>9</v>
       </c>
       <c r="F25">
         <v>65</v>
       </c>
       <c r="H25" t="str">
-        <v>mattyice666</v>
+        <v>kylebrizzown</v>
       </c>
       <c r="I25">
         <v>9</v>
       </c>
       <c r="J25">
         <v>65</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>5</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
         <v>4</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB25"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>