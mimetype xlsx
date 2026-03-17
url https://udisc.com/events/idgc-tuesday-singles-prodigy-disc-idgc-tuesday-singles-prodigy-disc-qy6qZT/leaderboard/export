--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -2424,50 +2424,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>BRONZE</v>
       </c>
       <c r="B24" t="str">
         <v>3</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
         <v>68</v>
       </c>
+      <c r="G24">
+        <v>245656</v>
+      </c>
       <c r="H24" t="str">
         <v>mattyice666</v>
       </c>
       <c r="I24">
         <v>9</v>
       </c>
       <c r="J24">
         <v>68</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">