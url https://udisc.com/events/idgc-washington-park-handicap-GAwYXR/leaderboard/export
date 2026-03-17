--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1160,50 +1160,53 @@
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>-3</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>8</v>
       </c>
       <c r="G8">
         <v>8</v>
       </c>
       <c r="H8" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>62</v>
       </c>
+      <c r="K8">
+        <v>245656</v>
+      </c>
       <c r="L8" t="str">
         <v>mattyice666</v>
       </c>
       <c r="M8">
         <v>6</v>
       </c>
       <c r="N8">
         <v>62</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">