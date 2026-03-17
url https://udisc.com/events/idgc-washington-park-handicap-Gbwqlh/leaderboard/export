--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -2125,50 +2125,53 @@
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18">
         <v>-3</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>T14</v>
       </c>
       <c r="G18">
         <v>14</v>
       </c>
       <c r="H18" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="I18">
         <v>7</v>
       </c>
       <c r="J18">
         <v>63</v>
       </c>
+      <c r="K18">
+        <v>245656</v>
+      </c>
       <c r="L18" t="str">
         <v>mattyice666</v>
       </c>
       <c r="M18">
         <v>7</v>
       </c>
       <c r="N18">
         <v>63</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">