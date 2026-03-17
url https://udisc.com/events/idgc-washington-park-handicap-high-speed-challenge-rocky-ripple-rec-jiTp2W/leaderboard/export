--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -905,50 +905,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>12</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>245656</v>
+      </c>
       <c r="I10" t="str">
         <v>mattyice666</v>
       </c>
       <c r="J10">
         <v>-3</v>
       </c>
       <c r="K10">
         <v>12</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
     </row>