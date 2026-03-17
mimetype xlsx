--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -944,128 +944,131 @@
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T3</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11" t="str">
-        <v>Joe stueve</v>
+        <v>Matt Whitaker</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>12</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>245656</v>
+      </c>
       <c r="I11" t="str">
-        <v>indyjs</v>
+        <v>mattyice666</v>
       </c>
       <c r="J11">
         <v>-3</v>
       </c>
       <c r="K11">
         <v>12</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
-        <v>Matt Whitaker</v>
+        <v>Joe stueve</v>
       </c>
       <c r="E12">
         <v>-3</v>
       </c>
       <c r="F12">
         <v>12</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>mattyice666</v>
+        <v>indyjs</v>
       </c>
       <c r="J12">
         <v>-3</v>
       </c>
       <c r="K12">
         <v>12</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Matt Hargis</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>13</v>
       </c>
       <c r="G13">