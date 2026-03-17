--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1152,50 +1152,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="E15">
         <v>3</v>
       </c>
       <c r="F15">
         <v>18</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>245656</v>
+      </c>
       <c r="I15" t="str">
         <v>mattyice666</v>
       </c>
       <c r="J15">
         <v>3</v>
       </c>
       <c r="K15">
         <v>18</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
     </row>