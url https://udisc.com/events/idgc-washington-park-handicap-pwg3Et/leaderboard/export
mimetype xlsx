--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1739,50 +1739,53 @@
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14">
         <v>-3</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>T11</v>
       </c>
       <c r="G14">
         <v>11</v>
       </c>
       <c r="H14" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="I14">
         <v>5</v>
       </c>
       <c r="J14">
         <v>61</v>
       </c>
+      <c r="K14">
+        <v>245656</v>
+      </c>
       <c r="L14" t="str">
         <v>mattyice666</v>
       </c>
       <c r="M14">
         <v>5</v>
       </c>
       <c r="N14">
         <v>61</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">