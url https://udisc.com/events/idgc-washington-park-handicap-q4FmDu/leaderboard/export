--- v0 (2025-10-05)
+++ v1 (2026-01-31)
@@ -1722,54 +1722,54 @@
       </c>
       <c r="AE13">
         <v>5</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>T12</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14">
         <v>-13</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G14">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H14" t="str">
         <v>Dumisani</v>
       </c>
       <c r="I14">
         <v>16</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="L14" t="str">
         <v>dnlebgwa</v>
       </c>
       <c r="M14">
         <v>16</v>
       </c>
       <c r="N14">
         <v>72</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
@@ -1817,54 +1817,54 @@
       </c>
       <c r="AE14">
         <v>5</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15">
         <v>-5</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H15" t="str">
         <v>SmilinMofo</v>
       </c>
       <c r="I15">
         <v>13</v>
       </c>
       <c r="J15">
         <v>69</v>
       </c>
       <c r="L15" t="str">
         <v>smilinmofo</v>
       </c>
       <c r="M15">
         <v>13</v>
       </c>
       <c r="N15">
         <v>69</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
@@ -1896,70 +1896,145 @@
         <v>3</v>
       </c>
       <c r="Z15">
         <v>5</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
       <c r="AC15">
         <v>5</v>
       </c>
       <c r="AD15">
         <v>5</v>
       </c>
       <c r="AE15">
         <v>4</v>
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16">
+        <v>15</v>
+      </c>
+      <c r="C16">
+        <v>10</v>
+      </c>
+      <c r="D16">
+        <v>-2</v>
+      </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
+      <c r="F16" t="str">
+        <v>13</v>
+      </c>
+      <c r="G16">
+        <v>13</v>
+      </c>
       <c r="H16" t="str">
-        <v>Aaron Mendez</v>
+        <v>Ernie Weaver</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J16">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="K16">
+        <v>169897</v>
       </c>
       <c r="L16" t="str">
-        <v>ayayronz</v>
+        <v>feweaver</v>
       </c>
       <c r="M16">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="N16">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>5</v>
+      </c>
+      <c r="T16">
+        <v>4</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
+        <v>3</v>
+      </c>
+      <c r="W16">
+        <v>6</v>
+      </c>
+      <c r="X16">
+        <v>5</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>4</v>
+      </c>
+      <c r="AD16">
+        <v>3</v>
+      </c>
+      <c r="AE16">
+        <v>7</v>
+      </c>
+      <c r="AF16">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>