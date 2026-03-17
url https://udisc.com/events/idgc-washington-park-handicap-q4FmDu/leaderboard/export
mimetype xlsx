--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -1350,50 +1350,53 @@
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
         <v>-3</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T8</v>
       </c>
       <c r="G10">
         <v>8</v>
       </c>
       <c r="H10" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="I10">
         <v>3</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
+      <c r="K10">
+        <v>245656</v>
+      </c>
       <c r="L10" t="str">
         <v>mattyice666</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>59</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">