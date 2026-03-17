--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1445,50 +1445,53 @@
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>-3</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T11</v>
       </c>
       <c r="G11">
         <v>11</v>
       </c>
       <c r="H11" t="str">
         <v>Matt Whitaker</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
+      <c r="K11">
+        <v>245656</v>
+      </c>
       <c r="L11" t="str">
         <v>mattyice666</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>59</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>5</v>
       </c>
       <c r="T11">