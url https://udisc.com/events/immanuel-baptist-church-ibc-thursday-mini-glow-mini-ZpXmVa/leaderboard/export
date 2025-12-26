--- v1 (2025-11-09)
+++ v2 (2025-12-26)
@@ -1340,50 +1340,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA4</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11">
         <v>65</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>318836</v>
+      </c>
       <c r="I11" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J11">
         <v>3</v>
       </c>
       <c r="K11">
         <v>65</v>
       </c>
       <c r="L11">
         <v>6</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">