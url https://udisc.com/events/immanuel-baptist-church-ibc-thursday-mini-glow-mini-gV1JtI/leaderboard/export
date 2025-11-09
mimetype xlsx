--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1340,50 +1340,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA4</v>
       </c>
       <c r="B11" t="str">
         <v>3</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E11">
         <v>16</v>
       </c>
       <c r="F11">
         <v>78</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>317599</v>
+      </c>
       <c r="I11" t="str">
         <v>that1ss</v>
       </c>
       <c r="J11">
         <v>16</v>
       </c>
       <c r="K11">
         <v>78</v>
       </c>
       <c r="L11">
         <v>6</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>7</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">