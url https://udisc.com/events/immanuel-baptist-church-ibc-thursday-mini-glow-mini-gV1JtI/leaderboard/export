--- v1 (2025-11-09)
+++ v2 (2025-12-26)
@@ -1168,50 +1168,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA4</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>63</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
+      <c r="H9">
+        <v>318836</v>
+      </c>
       <c r="I9" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>63</v>
       </c>
       <c r="L9">
         <v>7</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
@@ -1511,50 +1514,53 @@
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA4</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E13">
         <v>8</v>
       </c>
       <c r="F13">
         <v>70</v>
       </c>
       <c r="G13">
         <v>1</v>
+      </c>
+      <c r="H13">
+        <v>318836</v>
       </c>
       <c r="I13" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J13">
         <v>8</v>
       </c>
       <c r="K13">
         <v>70</v>
       </c>
       <c r="L13">
         <v>7</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>