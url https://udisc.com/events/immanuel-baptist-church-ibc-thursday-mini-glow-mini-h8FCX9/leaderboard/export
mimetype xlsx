--- v0 (2025-12-01)
+++ v1 (2025-12-26)
@@ -546,209 +546,212 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA3</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Donald Akens</v>
+        <v>Marcus Foster</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
       <c r="F2">
         <v>63</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H2">
+        <v>318836</v>
       </c>
       <c r="I2" t="str">
-        <v>donjuan1226</v>
+        <v>swampsquatch</v>
       </c>
       <c r="J2">
         <v>1</v>
       </c>
       <c r="K2">
         <v>63</v>
       </c>
       <c r="L2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
       <c r="U2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Marcus Foster</v>
+        <v>Donald Akens</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>63</v>
       </c>
       <c r="G3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>swampsquatch</v>
+        <v>donjuan1226</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>63</v>
       </c>
       <c r="L3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Tom cotter</v>
       </c>
       <c r="E4">
         <v>5</v>
       </c>
       <c r="F4">
         <v>67</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
@@ -811,50 +814,53 @@
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>66</v>
       </c>
       <c r="G5">
         <v>1</v>
+      </c>
+      <c r="H5">
+        <v>318836</v>
       </c>
       <c r="I5" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J5">
         <v>4</v>
       </c>
       <c r="K5">
         <v>66</v>
       </c>
       <c r="L5">
         <v>6</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>